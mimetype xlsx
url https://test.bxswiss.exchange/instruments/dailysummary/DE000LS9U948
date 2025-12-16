--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5835aacdbaf14c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd921482ebf0d4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9730257feeb4f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538d5fdc092f4f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e45d6d84cd4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9730257feeb4f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R437511188d394f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538d5fdc092f4f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,633</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>