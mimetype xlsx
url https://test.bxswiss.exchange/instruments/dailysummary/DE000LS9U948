--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd921482ebf0d4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd732d8417c4343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R538d5fdc092f4f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494cc3d70d00423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R437511188d394f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R538d5fdc092f4f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb1f9be49844790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494cc3d70d00423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>85,174</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,174</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>