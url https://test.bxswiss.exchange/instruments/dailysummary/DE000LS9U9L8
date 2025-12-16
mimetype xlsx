--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda788877aea42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88320d960a3d4531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53ae6aa58594231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376fc9d229004aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5be7d9af70a48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53ae6aa58594231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70e533811c0451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376fc9d229004aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>112,664</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>