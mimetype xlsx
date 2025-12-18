--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f8d26c20a546e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f5f61e576f462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ef205facda4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53cda30894194058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd675f1a22a449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ef205facda4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073994c339d54c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53cda30894194058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,411</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>