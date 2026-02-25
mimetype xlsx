--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f5f61e576f462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f60127593494865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53cda30894194058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d1a0fdf64c4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073994c339d54c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53cda30894194058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8fe633e1db4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d1a0fdf64c4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>