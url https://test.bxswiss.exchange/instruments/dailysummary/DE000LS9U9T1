--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf892f5947d264490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc3b41ca7b94efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d2aef17a6e4761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf634c1916bcc461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e64367eed864300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d2aef17a6e4761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12a4dd0f1eee408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf634c1916bcc461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-CHAMPIONS-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,831</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>