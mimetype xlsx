--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc3b41ca7b94efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09dd92da75b4fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf634c1916bcc461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84036d64842d4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12a4dd0f1eee408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf634c1916bcc461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce41d604cb24236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84036d64842d4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-CHAMPIONS-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>79,418</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>81,712</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>