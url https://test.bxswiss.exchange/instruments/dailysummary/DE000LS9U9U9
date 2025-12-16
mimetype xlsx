--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa08afe7ef314d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9d91a529bd4547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2cd482820e447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1fceadd709c4239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88234838c7794c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2cd482820e447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde120c8dba464343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1fceadd709c4239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,246</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>