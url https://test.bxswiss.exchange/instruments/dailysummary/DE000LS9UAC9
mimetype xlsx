--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ed83d4a54f4c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ad42644ac04fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb5db5a2bae4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf86ed03f33244a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf85a22fe64784f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb5db5a2bae4576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f70cba23dea420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf86ed03f33244a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zeitenwende erneuerbare Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,543</x:t>
-[...9 lines deleted...]
-          <x:t>98,463</x:t>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>