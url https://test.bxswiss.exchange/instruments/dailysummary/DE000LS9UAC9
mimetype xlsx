--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ad42644ac04fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e0b0955ebd4426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf86ed03f33244a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf362de5408c42d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f70cba23dea420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf86ed03f33244a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55b4860845234a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf362de5408c42d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zeitenwende erneuerbare Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>