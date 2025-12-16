--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268a8e13139b4633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb860eab52e4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fef13855c384f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140f87ce079d4942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f4273b19764a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fef13855c384f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5652943316a3466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140f87ce079d4942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,955</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>