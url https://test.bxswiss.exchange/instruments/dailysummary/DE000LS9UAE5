--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb860eab52e4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23fdfe9e8f448b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140f87ce079d4942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407ed5bd7baa4fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5652943316a3466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140f87ce079d4942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb76650dd53e942e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407ed5bd7baa4fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>