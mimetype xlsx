--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeef542bfc4142c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5366ddfd52874952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67af71448ebf4dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec0c0149960d428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8182560cc8664202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67af71448ebf4dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606956f2a038405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec0c0149960d428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Bodenschaetze</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>146,987</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>