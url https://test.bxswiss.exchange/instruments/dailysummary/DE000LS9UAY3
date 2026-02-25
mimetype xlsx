--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5366ddfd52874952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2bdeaa2e30c475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec0c0149960d428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f854a79429043ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606956f2a038405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec0c0149960d428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a4a7490d6e46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f854a79429043ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Bodenschaetze</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>160,437</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>