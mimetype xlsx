--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda32ac8a2c43404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7070538458cf4c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76306c56d3c34bb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54758c24323e47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642b463934ea4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76306c56d3c34bb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42e9d5116fb4efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54758c24323e47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,267</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>