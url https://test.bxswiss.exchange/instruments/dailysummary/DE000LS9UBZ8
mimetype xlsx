--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7070538458cf4c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad606ab28ff4a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54758c24323e47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e5fa670a2f34176"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42e9d5116fb4efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54758c24323e47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re60f17f53fab4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e5fa670a2f34176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>