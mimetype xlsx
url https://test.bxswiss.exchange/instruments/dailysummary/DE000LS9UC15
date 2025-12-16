--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94385e5a1b14bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fd326cc8e347e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54be4f237d4e40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e438474ca24dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f85f5992f11498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54be4f237d4e40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe507dc1a4640c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e438474ca24dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>90,957</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>