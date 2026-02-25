--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fd326cc8e347e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625b84e4873c4b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e438474ca24dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981efb081dc74734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe507dc1a4640c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e438474ca24dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2f81ef0f526441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981efb081dc74734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>