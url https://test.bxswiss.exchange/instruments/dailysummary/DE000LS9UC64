--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7355c83dce41ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ce15f939d34077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c052bcf2374326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3d0e948548d4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7129f11a3db54fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c052bcf2374326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98002ab05e7a423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3d0e948548d4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>132,118</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>