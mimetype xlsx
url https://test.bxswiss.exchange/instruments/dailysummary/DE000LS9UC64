--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ce15f939d34077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660c105b72a0416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3d0e948548d4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2fe81e489454fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98002ab05e7a423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3d0e948548d4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610f300899314ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2fe81e489454fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...473 lines deleted...]
-          <x:t>133,368</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>135,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>