--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d1be5ba69a4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b65b05f00234106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68b27993602449e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e994bb4157441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc874c2c1282e4e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68b27993602449e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf45bb1183444da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e994bb4157441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,087</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>