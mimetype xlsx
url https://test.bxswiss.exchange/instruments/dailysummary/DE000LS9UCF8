--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b65b05f00234106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e6b13a643340f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e994bb4157441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2605acab1e14c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf45bb1183444da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e994bb4157441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0324757b45b94ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2605acab1e14c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,347</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>147,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>