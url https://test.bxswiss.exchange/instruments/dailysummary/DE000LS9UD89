--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ac9cc62fdc042f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0a871c410c4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e29b886bcb4148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e14e7590a184cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc462f8e2e14684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e29b886bcb4148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb017ea6ff93348ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e14e7590a184cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,131</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>