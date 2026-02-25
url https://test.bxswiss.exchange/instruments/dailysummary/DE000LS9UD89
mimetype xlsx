--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0a871c410c4dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d706f94a124b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e14e7590a184cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4bf5409e464ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb017ea6ff93348ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e14e7590a184cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf34d00d72dee4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4bf5409e464ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>