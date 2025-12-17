--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8cee9613e4438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7fe5d8da434740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea77163da4fa43e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4827875d5c0a4865"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf50b8ec56434373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea77163da4fa43e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554a1b86abf54cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4827875d5c0a4865" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,108</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>