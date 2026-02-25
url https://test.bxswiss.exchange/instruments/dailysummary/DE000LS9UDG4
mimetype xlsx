--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7fe5d8da434740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc633d3d8f6474c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4827875d5c0a4865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9190995fd4e4238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554a1b86abf54cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4827875d5c0a4865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4e57a86b54440fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9190995fd4e4238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>