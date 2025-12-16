--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc71580884844d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a6e5403e054451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bc257e81af74591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb05b653cb8440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0779042700234ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bc257e81af74591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddaccf4f95af46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb05b653cb8440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,095</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>