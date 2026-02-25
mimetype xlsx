--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a6e5403e054451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949ba06777194146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb05b653cb8440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703642b15c58426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddaccf4f95af46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb05b653cb8440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd213a5dfcd240a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703642b15c58426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>97,645</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,764</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,137</x:t>
-[...252 lines deleted...]
-          <x:t>98,607</x:t>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>