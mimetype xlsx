--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b8ce7263ba44cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5f7c46b80a40ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac740a030d84422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce88da93e4e3494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f69e5337b94da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac740a030d84422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210229ee9ad74b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce88da93e4e3494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>180,005</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>