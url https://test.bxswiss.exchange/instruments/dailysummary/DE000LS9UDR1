--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5f7c46b80a40ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b25f7263ea4393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce88da93e4e3494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033e2344a0df47fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210229ee9ad74b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce88da93e4e3494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6af4bfbae0418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033e2344a0df47fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>