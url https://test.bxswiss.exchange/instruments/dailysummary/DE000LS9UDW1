--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235751f013aa40eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc417607253da4b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fdf57735d0146ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0cf1fc5e0674c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28579741525c414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fdf57735d0146ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42131bfe8a74793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0cf1fc5e0674c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende plus Value plus Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>78,890</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>