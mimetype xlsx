--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f90464eaef44efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ddda81b45d74568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4859f472a6e4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142ce06c69a74cd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cd1e49af3e4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4859f472a6e4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d23bb5c891441b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142ce06c69a74cd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>123,380</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,772</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>124,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>