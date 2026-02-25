--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ddda81b45d74568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f421b5aec974b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142ce06c69a74cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0c52174aaa4b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d23bb5c891441b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142ce06c69a74cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ef5531923e4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0c52174aaa4b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>