--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99ef61e4f0b74dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b63b2dc60b4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c4f22f2f5c42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cbf6fae23924f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R696dd1064e774bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c4f22f2f5c42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3277ba07a86f4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cbf6fae23924f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,713</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>