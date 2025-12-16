--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4553cb8b604ea4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4aa2a7150c4ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48647b0d0c044da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ab66375c194367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ced91ae17554e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48647b0d0c044da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818bc95a55334c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ab66375c194367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,099</x:t>
-[...166 lines deleted...]
-          <x:t>134,908</x:t>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>136,408</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>