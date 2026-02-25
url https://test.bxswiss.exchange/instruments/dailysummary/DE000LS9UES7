--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4aa2a7150c4ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86161053b2ee4fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ab66375c194367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46a2255272643e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R818bc95a55334c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ab66375c194367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6beb5cdbca340a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46a2255272643e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>