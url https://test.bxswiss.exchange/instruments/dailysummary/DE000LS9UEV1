--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd45d3f99b04f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998a090019554acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9504ea9e4edd4702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcee215990c4ac9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6932ee106cb2498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9504ea9e4edd4702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb7bda363b5c46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcee215990c4ac9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>250,793</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>273,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>