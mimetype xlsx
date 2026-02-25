--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998a090019554acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51306a10e18848cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fcee215990c4ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R837a921061704002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb7bda363b5c46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fcee215990c4ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb585733bce50405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R837a921061704002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>