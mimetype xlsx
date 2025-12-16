--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707487f73d66443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf01ff0484743b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fbd2d0942344136"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8425efd63f43a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33f4b0a25934223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fbd2d0942344136" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0650aac615134437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8425efd63f43a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,303</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>