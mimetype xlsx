--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf01ff0484743b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c9d4ccff09444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8425efd63f43a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb95db133e54acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0650aac615134437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8425efd63f43a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b099041fb2040bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb95db133e54acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,964</x:t>
-[...306 lines deleted...]
-          <x:t>104,745</x:t>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>