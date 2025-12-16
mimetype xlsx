--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdfa14f25db4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0ea5da361643ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4d98bf4d4f420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b663935922b4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb45e73e556b4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4d98bf4d4f420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3a426717f814072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b663935922b4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,781</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>