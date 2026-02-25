--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0ea5da361643ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3619cb8dae4a4d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b663935922b4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8255ee2cd3eb4d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3a426717f814072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b663935922b4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7dad3be05243da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8255ee2cd3eb4d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>