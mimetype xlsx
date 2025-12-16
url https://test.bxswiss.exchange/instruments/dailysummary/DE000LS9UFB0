--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd49f37fcd9bb4da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2ea3dc3a1344fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7eb8dfcf41f4acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c41c25e8144f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90bbbbc56df4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7eb8dfcf41f4acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d53e4e3199f4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c41c25e8144f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>128,461</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>127,302</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>