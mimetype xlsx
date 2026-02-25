--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2ea3dc3a1344fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd896f22e114ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c41c25e8144f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8656b9e496634c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d53e4e3199f4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c41c25e8144f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c2087f79544250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8656b9e496634c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>