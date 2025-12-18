--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e2ba9153754b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001bffe4b6ce41b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428c48565d0744f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc834d4c7c2764f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4231764c55d64500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428c48565d0744f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0737f3b34bfc4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc834d4c7c2764f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,838</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>