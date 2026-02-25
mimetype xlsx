--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001bffe4b6ce41b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d9a44ba87a14b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc834d4c7c2764f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3554550e207f4611"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0737f3b34bfc4404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc834d4c7c2764f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d26b01b00742c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3554550e207f4611" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,737</x:t>
-[...252 lines deleted...]
-          <x:t>101,032</x:t>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>