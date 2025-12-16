--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f1bd1f71b84648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e11138911a4289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffed27c4d5f4633"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa72e9224554ebb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3f07bc20ca40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffed27c4d5f4633" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98cc7b3774a9433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa72e9224554ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>283,869</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>