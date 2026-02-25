--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e11138911a4289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51f160ee2454b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa72e9224554ebb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca3655a818246b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98cc7b3774a9433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa72e9224554ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcaa73117ea7441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca3655a818246b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>