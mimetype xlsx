--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c1e6c10f8f4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa8ffeaf5ed46e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9c1e0a054c435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c37fe70626b4d8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716180b9ed124c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9c1e0a054c435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e210f552ebf4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c37fe70626b4d8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,761</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>