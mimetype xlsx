--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa8ffeaf5ed46e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215924391d9b4740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c37fe70626b4d8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a115552dce54a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e210f552ebf4e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c37fe70626b4d8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dc4ece13954515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a115552dce54a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>