--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re294b39c41c746a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ec6ec735b349e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f8ad533aa44174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f5702623d844f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a1d2256fa14bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f8ad533aa44174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388931e4591748c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f5702623d844f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,300</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>