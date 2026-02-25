--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ec6ec735b349e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c24b5267dec457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f5702623d844f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3fe8a77f2a64053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388931e4591748c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f5702623d844f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3443c03634224f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3fe8a77f2a64053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>