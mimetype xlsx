--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d94fe1f609b44f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4adf7f632254b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5d63cc2ea0496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b605505befd49d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0f0fd2c9dc4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5d63cc2ea0496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84db91b2727e4b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b605505befd49d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>99,227</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,638</x:t>
-[...129 lines deleted...]
-          <x:t>99,324</x:t>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,190</x:t>
-[...274 lines deleted...]
-          <x:t>99,684</x:t>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>