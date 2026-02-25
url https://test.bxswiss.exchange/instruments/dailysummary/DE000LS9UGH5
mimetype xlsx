--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4adf7f632254b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832b0b1573554ff4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b605505befd49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R014d9187dd204a25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84db91b2727e4b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b605505befd49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1f081dd826412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R014d9187dd204a25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSL Trendsystem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>99,147</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,017</x:t>
-[...124 lines deleted...]
-          <x:t>99,341</x:t>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,202</x:t>
-[...323 lines deleted...]
-          <x:t>99,242</x:t>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>