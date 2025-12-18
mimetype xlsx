--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782954d645bc4ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057c2e4a4910487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4a45576b284ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bb48256ad94e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c10f26853a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4a45576b284ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf9ef03266545f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bb48256ad94e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...396 lines deleted...]
-          <x:t>116,787</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>117,354</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>