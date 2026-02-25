--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R057c2e4a4910487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c6888a3d984a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bb48256ad94e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0672662f3f346c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf9ef03266545f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bb48256ad94e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c0037c702940f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0672662f3f346c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>110,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>