--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668001fdf2814c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5dcb0ebb6064a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e1475b81db41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c80f6941c954c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8807f25a194b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e1475b81db41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1852537f428c484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c80f6941c954c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>83,580</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,044</x:t>
-[...350 lines deleted...]
-          <x:t>84,105</x:t>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>