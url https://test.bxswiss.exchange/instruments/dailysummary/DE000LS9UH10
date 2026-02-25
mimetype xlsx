--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5dcb0ebb6064a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6c87c38cb24945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c80f6941c954c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0788d90fa91848ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1852537f428c484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c80f6941c954c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd58dd9201946ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0788d90fa91848ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0FKCHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>82,989</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>