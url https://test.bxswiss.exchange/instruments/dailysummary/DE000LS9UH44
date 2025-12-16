--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1581bd9c8ac94f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7887ce85a8f4336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reda0be616156416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1803150c8449cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba8c27da64043ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reda0be616156416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd089b3c105b4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1803150c8449cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFARTINTEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,367</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>