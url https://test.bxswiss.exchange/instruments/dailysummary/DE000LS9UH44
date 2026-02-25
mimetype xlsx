--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7887ce85a8f4336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7b4584cb984188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1803150c8449cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68eca319f4c44c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd089b3c105b4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1803150c8449cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61370d0250da45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68eca319f4c44c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFARTINTEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>