--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa71f99de4e49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2beb8925e31c4afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b37addf47c43a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae2db7dd4a17420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a5de8191794a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b37addf47c43a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4076bfb12d1640cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae2db7dd4a17420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF3D3D3D3D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>97,167</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>