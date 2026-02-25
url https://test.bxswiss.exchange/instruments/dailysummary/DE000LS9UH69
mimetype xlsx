--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2beb8925e31c4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9c0b832ef94300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae2db7dd4a17420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098ccd434e6649b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4076bfb12d1640cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae2db7dd4a17420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e277f9b0784997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098ccd434e6649b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF3D3D3D3D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UH69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>