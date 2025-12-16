--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa778cb910749d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R128efafc8b2f43a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb72ec2d208804c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dbd8bdc8d34840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df515f448224646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb72ec2d208804c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc18d9b1ff445e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dbd8bdc8d34840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.602,999</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.598,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>