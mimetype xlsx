--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R128efafc8b2f43a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc69fa1c5204f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dbd8bdc8d34840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54faf26e28614f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc18d9b1ff445e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dbd8bdc8d34840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5fd53ef3e154334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54faf26e28614f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.596,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.602,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.595,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.599,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>