--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R341c3202480b4496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea24dc7da9eb4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c65b944ae9a43bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f6f6ed48db440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02086ee26aa448f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c65b944ae9a43bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507d3c6120d2477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f6f6ed48db440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>338,814</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>