--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea24dc7da9eb4109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d3f96fd2e9648a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f6f6ed48db440a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a7fa48d7dc4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507d3c6120d2477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f6f6ed48db440a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd644ab828b4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a7fa48d7dc4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF0AIFOCUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>