--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191014829a4e4ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b9dcd2478c4ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50f38883890c4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ed9a24e9924967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf995c2a36f43a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50f38883890c4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b34c589093f439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ed9a24e9924967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFBLACKFOR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>115,580</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>