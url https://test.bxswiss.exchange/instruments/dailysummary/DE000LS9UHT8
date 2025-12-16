--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61978d3a66424b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8058c61bd664bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3c938ea4fb41eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re133c5d8e1da4c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb3a5bc34fb847ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3c938ea4fb41eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798364a9828647b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re133c5d8e1da4c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN02</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>108,618</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,214</x:t>
-[...463 lines deleted...]
-          <x:t>111,270</x:t>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>