--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8058c61bd664bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee2c065b6df499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re133c5d8e1da4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52201237e1574b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798364a9828647b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re133c5d8e1da4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe38fb4b2ef4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52201237e1574b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFSIMFIN02</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UHT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>