--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ac9f24b2b64141" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0a1edb641384af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29f82da5cc34a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1e42b7dcd64d45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eba3d94125f4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29f82da5cc34a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892b4b11bc164f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1e42b7dcd64d45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>51,188</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>