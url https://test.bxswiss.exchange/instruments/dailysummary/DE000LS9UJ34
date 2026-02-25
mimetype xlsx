--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0a1edb641384af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db5639286b44dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1e42b7dcd64d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ecb9f389ff546fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892b4b11bc164f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1e42b7dcd64d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e461446b4a4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ecb9f389ff546fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Names</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJ34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>