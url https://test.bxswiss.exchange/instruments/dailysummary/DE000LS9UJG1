--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626f7d9938ec421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2234fbae824848c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R122e05b5cf3f412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb753047a9f08414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b391b1a2e2a424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R122e05b5cf3f412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ffc85a316bf444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb753047a9f08414f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFAUTCHIPS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>184,121</x:t>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,039</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>187,956</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>