--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df59bec46644eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0349da3e2414f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeee4f937c36433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49b8d57ba644533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc878721ec0774649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeee4f937c36433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19b0eb6ee394268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49b8d57ba644533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,148</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>