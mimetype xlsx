--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0349da3e2414f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c94409f7c304cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49b8d57ba644533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R425dc8f1ecfb44b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19b0eb6ee394268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49b8d57ba644533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b4065710b64bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R425dc8f1ecfb44b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FARMER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UJT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>68,089</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,820</x:t>
-[...11 lines deleted...]
-          <x:t>68,444</x:t>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,193</x:t>
-[...328 lines deleted...]
-          <x:t>68,007</x:t>
+          <x:t>70,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>