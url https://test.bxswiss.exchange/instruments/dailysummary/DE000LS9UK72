--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f13289a84c34cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc769aa8c908344b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ccc1fd8fa234b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8cc3bd60184f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a66630274214c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ccc1fd8fa234b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52979fdf57e4f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8cc3bd60184f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuTecUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UK72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>18,265</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,255</x:t>
-[...58 lines deleted...]
-          <x:t>19,012</x:t>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>