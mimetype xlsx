--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3971c0616e3c4f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66af3d3a0998419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff53e54a54744c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1007008ed464116"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6d564a40a543c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff53e54a54744c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2d6998b36b4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1007008ed464116" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>78,654</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>