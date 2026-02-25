--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66af3d3a0998419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12f1ce8746d41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1007008ed464116"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde2712b0fcd6459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2d6998b36b4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1007008ed464116" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3cb589ff5c4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde2712b0fcd6459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen - Newsflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>