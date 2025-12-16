--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e81285d8a646f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbd75a5dca14fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462c007168ee4004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c20a5244b7144a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9906333d5f5346b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462c007168ee4004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4a591952fe4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c20a5244b7144a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>392,984</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>