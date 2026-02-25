--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbd75a5dca14fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df2d10f19534a39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c20a5244b7144a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59463b217f0644b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4a591952fe4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c20a5244b7144a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a64638b0804948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59463b217f0644b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UMBRELLA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>370,495</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,546</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>373,991</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>