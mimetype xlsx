--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a59d5f3ae4041a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9950e108830460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca794af91eae4da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0168f27a6a64cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa251566f2d4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca794af91eae4da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7adb0856e66a4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0168f27a6a64cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>98,021</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>100,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>