--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9950e108830460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343741728803404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0168f27a6a64cf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b0efa0ecd74cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7adb0856e66a4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0168f27a6a64cf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b7c632a6424c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b0efa0ecd74cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA TOP 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>