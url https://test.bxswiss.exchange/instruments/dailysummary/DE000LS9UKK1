--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fe2ed75acf4bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899362efa70c4a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa751e1d86f54414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5e57b55ebb1401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac5ce53351c4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa751e1d86f54414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fefe44936d425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5e57b55ebb1401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UKK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>59,601</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,678</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,157</x:t>
-[...63 lines deleted...]
-          <x:t>61,097</x:t>
+          <x:t>59,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>