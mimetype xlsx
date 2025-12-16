--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1fd769264a14f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad9ce2efc641cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac4ff10cd1d4150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5935012bf5334ab8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4311020f05df4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac4ff10cd1d4150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39469afb3351433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5935012bf5334ab8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,850</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>