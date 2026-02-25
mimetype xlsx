--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad9ce2efc641cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab2a6c5138045b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5935012bf5334ab8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03599bba860c4a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39469afb3351433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5935012bf5334ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2187ecb1cae54181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03599bba860c4a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Technologie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,743</x:t>
-[...198 lines deleted...]
-          <x:t>75,100</x:t>
+          <x:t>74,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>