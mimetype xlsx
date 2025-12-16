--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e72ea5f7df94ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb772d7d8bf64d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb41b751c48434d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06d90e3433145a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af3ad599a89425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb41b751c48434d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4736512942114dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06d90e3433145a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,921</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>