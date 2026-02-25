--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb772d7d8bf64d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08daba48fc2f49b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra06d90e3433145a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324315ae09e542c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4736512942114dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra06d90e3433145a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racc80feab27647e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324315ae09e542c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UL55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>41,625</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>41,953</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>