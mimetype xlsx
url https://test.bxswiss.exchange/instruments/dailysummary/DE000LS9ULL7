--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6e7bb1f6b84f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156ed6598bd44599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e9f7f9ac6246de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f0a50346ce42b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bfd525a53542ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e9f7f9ac6246de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5687030364d84e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f0a50346ce42b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,083</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>