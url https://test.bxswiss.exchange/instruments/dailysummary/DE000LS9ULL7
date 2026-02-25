--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156ed6598bd44599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63770607a68e49ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f0a50346ce42b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772174c8961645c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5687030364d84e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f0a50346ce42b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170a31dbaea74065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772174c8961645c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>41,623</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,590</x:t>
-[...249 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,552</x:t>
-[...36 lines deleted...]
-          <x:t>41,469</x:t>
+          <x:t>41,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>