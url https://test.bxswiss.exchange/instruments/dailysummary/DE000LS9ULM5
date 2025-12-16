--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c7cb7dfae14be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7233a12ecd7e4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27283b4f1d7494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red604d7289564ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6058f13e60314360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27283b4f1d7494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506e9ee1b073449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red604d7289564ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrial Metals Blue Chips </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>240,135</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>