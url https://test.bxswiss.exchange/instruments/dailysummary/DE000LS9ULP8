--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf399e1a3a64fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fec1b3e0284d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42bb36e1e814450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea63abf7dba14b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb32cea18db3419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42bb36e1e814450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae442332f4141a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea63abf7dba14b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,354</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>