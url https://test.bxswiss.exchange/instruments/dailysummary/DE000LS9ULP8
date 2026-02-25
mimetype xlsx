--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fec1b3e0284d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6f3832a77924174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea63abf7dba14b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5ddc6e579b4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae442332f4141a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea63abf7dba14b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114182fec0c24646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5ddc6e579b4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität, angelehnt an Susan Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ULP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>